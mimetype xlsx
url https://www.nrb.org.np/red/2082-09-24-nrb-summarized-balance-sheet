--- v0 (2026-01-12)
+++ v1 (2026-03-26)
@@ -1,147 +1,158 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
-  <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
+  <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
+  <Override PartName="/xl/externalLinks/externalLink2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
+  <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
+  <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-[...6 lines deleted...]
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-[...1 lines deleted...]
-  <workbookPr defaultThemeVersion="124226"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="20373"/>
+  <workbookPr defaultThemeVersion="166925"/>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice Requires="x15">
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="T:\Economic Research Department\07. Statistics Division\Published Balance Sheet\Balance Sheet Poush\"/>
+    </mc:Choice>
+  </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{FCA23AC1-F52A-43FF-AFB5-D60EB9C1E8FC}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="240" yWindow="60" windowWidth="20055" windowHeight="7950"/>
+    <workbookView xWindow="0" yWindow="0" windowWidth="24000" windowHeight="9525" xr2:uid="{97EB3910-0494-412E-9269-F22CA6F928ED}"/>
   </bookViews>
   <sheets>
     <sheet name="CBP_LP" sheetId="1" r:id="rId1"/>
     <sheet name="Read Me" sheetId="2" r:id="rId2"/>
   </sheets>
   <externalReferences>
     <externalReference r:id="rId3"/>
     <externalReference r:id="rId4"/>
   </externalReferences>
   <definedNames>
     <definedName name="CurrencyList" localSheetId="0">'[2]Report Form'!$B$5:$B$7</definedName>
     <definedName name="CurrencyList" localSheetId="1">'[2]Report Form'!$B$5:$B$7</definedName>
     <definedName name="CurrencyList">'[2]Report Form'!$B$5:$B$7</definedName>
     <definedName name="FrequencyList" localSheetId="0">'[2]Report Form'!$F$4:$F$15</definedName>
     <definedName name="FrequencyList" localSheetId="1">'[2]Report Form'!$F$4:$F$15</definedName>
     <definedName name="FrequencyList">'[2]Report Form'!$F$4:$F$15</definedName>
     <definedName name="PeriodList" localSheetId="0">'[2]Report Form'!$E$4:$E$74</definedName>
     <definedName name="PeriodList" localSheetId="1">'[2]Report Form'!$E$4:$E$74</definedName>
     <definedName name="PeriodList">'[2]Report Form'!$E$4:$E$74</definedName>
     <definedName name="ScalesList" localSheetId="0">'[2]Report Form'!$A$5:$A$9</definedName>
     <definedName name="ScalesList" localSheetId="1">'[2]Report Form'!$A$5:$A$9</definedName>
     <definedName name="ScalesList">'[2]Report Form'!$A$5:$A$9</definedName>
     <definedName name="Z_9B17E127_C751_44AC_94E8_3124B7E7ECD3_.wvu.Cols" localSheetId="0" hidden="1">CBP_LP!$G:$XFD</definedName>
     <definedName name="Z_9B17E127_C751_44AC_94E8_3124B7E7ECD3_.wvu.Cols" localSheetId="1" hidden="1">'Read Me'!$B:$XFD</definedName>
-    <definedName name="Z_9B17E127_C751_44AC_94E8_3124B7E7ECD3_.wvu.Rows" localSheetId="0" hidden="1">CBP_LP!$40:$1048576,CBP_LP!$30:$39</definedName>
-    <definedName name="Z_9B17E127_C751_44AC_94E8_3124B7E7ECD3_.wvu.Rows" localSheetId="1" hidden="1">'Read Me'!$34:$1048576,'Read Me'!$25:$33</definedName>
+    <definedName name="Z_9B17E127_C751_44AC_94E8_3124B7E7ECD3_.wvu.Rows" localSheetId="0" hidden="1">CBP_LP!$41:$1048576,CBP_LP!$31:$40</definedName>
+    <definedName name="Z_9B17E127_C751_44AC_94E8_3124B7E7ECD3_.wvu.Rows" localSheetId="1" hidden="1">'Read Me'!$35:$1048576,'Read Me'!$26:$34</definedName>
   </definedNames>
-  <calcPr calcId="124519" calcMode="manual"/>
+  <calcPr calcId="191029"/>
+  <extLst>
+    <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
+      <x15:workbookPr chartTrackingRefBase="1"/>
+    </ext>
+  </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <c r="F29" i="2" l="1"/>
+  <c r="E29" i="2"/>
+  <c r="D29" i="2"/>
   <c r="F28" i="2"/>
-  <c r="E28"/>
-[...49 lines deleted...]
-  <c r="A3"/>
+  <c r="E28" i="2"/>
+  <c r="D28" i="2"/>
+  <c r="F27" i="2"/>
+  <c r="E27" i="2"/>
+  <c r="D27" i="2"/>
+  <c r="F26" i="2"/>
+  <c r="E26" i="2"/>
+  <c r="D26" i="2"/>
+  <c r="F25" i="2"/>
+  <c r="E25" i="2"/>
+  <c r="D25" i="2"/>
+  <c r="F24" i="2"/>
+  <c r="E24" i="2"/>
+  <c r="D24" i="2"/>
+  <c r="F23" i="2"/>
+  <c r="E23" i="2"/>
+  <c r="D23" i="2"/>
+  <c r="F22" i="2"/>
+  <c r="E22" i="2"/>
+  <c r="D22" i="2"/>
+  <c r="F21" i="2"/>
+  <c r="E21" i="2"/>
+  <c r="D21" i="2"/>
+  <c r="F18" i="2"/>
+  <c r="E18" i="2"/>
+  <c r="D18" i="2"/>
+  <c r="F17" i="2"/>
+  <c r="E17" i="2"/>
+  <c r="D17" i="2"/>
+  <c r="F12" i="2"/>
+  <c r="E12" i="2"/>
+  <c r="D12" i="2"/>
+  <c r="F11" i="2"/>
+  <c r="E11" i="2"/>
+  <c r="D11" i="2"/>
+  <c r="F10" i="2"/>
+  <c r="E10" i="2"/>
+  <c r="D10" i="2"/>
+  <c r="F9" i="2"/>
+  <c r="E9" i="2"/>
+  <c r="D9" i="2"/>
+  <c r="F8" i="2"/>
+  <c r="E8" i="2"/>
+  <c r="D8" i="2"/>
+  <c r="F7" i="2"/>
+  <c r="E7" i="2"/>
+  <c r="D7" i="2"/>
+  <c r="A3" i="2"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="59" uniqueCount="55">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="61" uniqueCount="56">
   <si>
     <t>NEPAL RASTRA BANK</t>
   </si>
   <si>
     <t>Central Bank Survey and Liquidity Position</t>
   </si>
   <si>
     <t>(In Rs. Million)</t>
   </si>
   <si>
     <t>Date (BS/AD)</t>
   </si>
   <si>
     <t>Poush 24, 2082</t>
   </si>
   <si>
     <t>Poush 23, 2082</t>
   </si>
   <si>
     <t>Change from</t>
   </si>
   <si>
     <t>Prev. W.Day</t>
   </si>
   <si>
@@ -166,50 +177,53 @@
     <t>:General Government Deposits</t>
   </si>
   <si>
     <t>c. Claims on Banks, Net</t>
   </si>
   <si>
     <t>: Repo</t>
   </si>
   <si>
     <t>: SLF</t>
   </si>
   <si>
     <t>Capital and Reserves consists of capital and reserves including current year income/loss. Other Liabilities consist of all liabilities except reserve and liabilities incurred due monetary operation. Other Assets consists of all claims to sectors other than non-residents, government and ODCs' and non-financial assets.</t>
   </si>
   <si>
     <t>: Refinance</t>
   </si>
   <si>
     <t>: Deposit Collection Auction</t>
   </si>
   <si>
     <t>: SDF</t>
   </si>
   <si>
     <t>: Reverse Repo</t>
+  </si>
+  <si>
+    <t>: NRB Bond</t>
   </si>
   <si>
     <t xml:space="preserve">B.Liabilities </t>
   </si>
   <si>
     <t>a. ODCs' Reserve Balance</t>
   </si>
   <si>
     <t>b.Currency Outside NRB</t>
   </si>
   <si>
     <t>c.Other Deposits</t>
   </si>
   <si>
     <t>d.Other Items, Net</t>
   </si>
   <si>
     <t>C. Reserve Money</t>
   </si>
   <si>
     <t>D.ODCs' Required Reserves#</t>
   </si>
   <si>
     <t>Liquidity Surplus/Shortage (B.a-D)</t>
   </si>
@@ -267,60 +281,60 @@
   <si>
     <t>Reserve Money consists of items mentioned above.</t>
   </si>
   <si>
     <t>ODCs' Required Reserves</t>
   </si>
   <si>
     <t>ODCs' Required Reserves is calculated as 90 percent of Regulatory Cash Reserve Ratio. As per current CRR regulation, ODCs' are allowed to maintain 10 percent of CRR Requirement on average during 14 days reserve maintenance period and remaining 90 perecent of CRR Requirement on daily basis.</t>
   </si>
   <si>
     <t>Liquidity Surplus/Shortage is calculated as residual of reserve held by ODCs' and 90% of daily compulsory CRR requirement.</t>
   </si>
   <si>
     <t xml:space="preserve">Change in NFA, Adj.EVGL is calculated by adjusting revaluation gain and loss on foreign currency assets and liabilities.This change reflects net changes in NFA due to transaction. </t>
   </si>
   <si>
     <t xml:space="preserve">* The amount disclosed in summarized daily balance sheet is based on Generalized Ledger Accountsof Nepal Rastra Bank (NRB), which may differ from other published information that includes adjustments (such as Reserve Position in IMF, Cash in Transits, Government Deposits in Transits etc) as per standard manuals. </t>
   </si>
   <si>
     <t>Poush 24, 2082(January 08, 2026)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="6">
     <numFmt numFmtId="44" formatCode="_(&quot;$&quot;* #,##0.00_);_(&quot;$&quot;* \(#,##0.00\);_(&quot;$&quot;* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="[$-F800]dddd\,\ mmmm\ dd\,\ yyyy"/>
     <numFmt numFmtId="165" formatCode="[$-409]mmmm\ d\,\ yyyy;@"/>
     <numFmt numFmtId="166" formatCode="0.0_)"/>
     <numFmt numFmtId="167" formatCode="_(* #,##0.0_);_(* \(#,##0.0\);_(* &quot;-&quot;??_);_(@_)"/>
   </numFmts>
-  <fonts count="13">
+  <fonts count="13" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color indexed="8"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
@@ -616,131 +630,139 @@
     <xf numFmtId="0" fontId="9" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="166" fontId="2" fillId="0" borderId="8" xfId="3" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1" indent="4"/>
     </xf>
     <xf numFmtId="166" fontId="8" fillId="0" borderId="8" xfId="3" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1" indent="4"/>
     </xf>
     <xf numFmtId="15" fontId="12" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="43" fontId="12" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle name="Comma" xfId="1" builtinId="3"/>
-    <cellStyle name="Comma 2 2" xfId="5"/>
-    <cellStyle name="Currency 2" xfId="4"/>
+    <cellStyle name="Comma 2 2" xfId="5" xr:uid="{4BC652E5-53D5-4F74-B84F-D3B6F8B9CFA4}"/>
+    <cellStyle name="Currency 2" xfId="4" xr:uid="{F05057C6-2631-41B8-95C3-96CCFB273F59}"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
-    <cellStyle name="Normal 2" xfId="2"/>
-    <cellStyle name="Normal 29 3 2" xfId="3"/>
+    <cellStyle name="Normal 2" xfId="2" xr:uid="{8C98E68E-8B2B-4E15-AC37-6BB1D813DD1E}"/>
+    <cellStyle name="Normal 29 3 2" xfId="3" xr:uid="{1D046150-261A-463E-9010-59D3FA377601}"/>
   </cellStyles>
   <dxfs count="0"/>
-  <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
+  <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
+  <extLst>
+    <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
+      <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
+    </ext>
+    <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
+      <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
+    </ext>
+  </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink2.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>409576</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>9525</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="664369" cy="662828"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Picture 1" descr="C:\Users\R00538\AppData\Local\Microsoft\Windows\Temporary Internet Files\Content.MSO\AE546F9E.tmp">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C50AD89A-6127-4E9A-B0CF-304AEA591CFE}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9723A52B-3028-49B9-8DF8-6622D249939C}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
           <a:biLevel thresh="50000"/>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="409576" y="9525"/>
           <a:ext cx="664369" cy="662828"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln w="9525">
           <a:noFill/>
           <a:miter lim="800000"/>
           <a:headEnd/>
           <a:tailEnd/>
         </a:ln>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/externalLinks/_rels/externalLink1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="/Economic%20Research%20Department/07.%20Statistics%20Division/Published%20Balance%20Sheet/Working%20File%20NRB%20Summarized%20Balance%20Sheet.xlsx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/_rels/externalLink2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="/Monetary/2018/558MFSCBS.xlsx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/externalLink1.xml><?xml version="1.0" encoding="utf-8"?>
-<externalLink xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<externalLink xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" mc:Ignorable="x14">
   <externalBook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1">
     <sheetNames>
       <sheetName val="CBP_LP"/>
       <sheetName val="Sheet1"/>
       <sheetName val="Read Me"/>
     </sheetNames>
     <sheetDataSet>
       <sheetData sheetId="0"/>
       <sheetData sheetId="1">
         <row r="2">
           <cell r="A2">
             <v>1894876.1264589899</v>
           </cell>
           <cell r="B2">
             <v>1797102.09204299</v>
           </cell>
         </row>
         <row r="3">
           <cell r="A3">
             <v>3021392.5968692699</v>
           </cell>
         </row>
         <row r="4">
           <cell r="A4">
             <v>43053.577113789994</v>
@@ -767,131 +789,131 @@
         </row>
         <row r="7">
           <cell r="A7">
             <v>-872800</v>
           </cell>
           <cell r="B7">
             <v>-654050</v>
           </cell>
         </row>
         <row r="12">
           <cell r="A12">
             <v>-543350</v>
           </cell>
           <cell r="B12">
             <v>-377450</v>
           </cell>
         </row>
         <row r="13">
           <cell r="A13">
             <v>-329450</v>
           </cell>
           <cell r="B13">
             <v>-276600</v>
           </cell>
         </row>
-        <row r="15">
-[...6 lines deleted...]
-        </row>
         <row r="16">
           <cell r="A16">
-            <v>323204.49748691998</v>
+            <v>1894876.1264594798</v>
           </cell>
           <cell r="B16">
-            <v>366199.81604142999</v>
+            <v>1797102.0920436201</v>
           </cell>
         </row>
         <row r="17">
           <cell r="A17">
-            <v>765294.18629099999</v>
+            <v>323204.49748691998</v>
           </cell>
           <cell r="B17">
-            <v>750112.42215450003</v>
+            <v>366199.81604142999</v>
           </cell>
         </row>
         <row r="18">
           <cell r="A18">
-            <v>21724.427642240003</v>
+            <v>765294.18629099999</v>
           </cell>
           <cell r="B18">
-            <v>25724.0275434</v>
+            <v>750112.42215450003</v>
           </cell>
         </row>
         <row r="19">
           <cell r="A19">
-            <v>784653.01503931987</v>
+            <v>21724.427642240003</v>
           </cell>
           <cell r="B19">
-            <v>655065.82630428986</v>
+            <v>25724.0275434</v>
           </cell>
         </row>
         <row r="20">
           <cell r="A20">
-            <v>1110223.1114201599</v>
+            <v>784653.01503931987</v>
           </cell>
           <cell r="B20">
-            <v>1142036.2657393301</v>
+            <v>655065.82630428986</v>
           </cell>
         </row>
         <row r="21">
           <cell r="A21">
-            <v>263858.29787602794</v>
+            <v>1110223.1114201599</v>
           </cell>
           <cell r="B21">
-            <v>250109.83272953154</v>
+            <v>1142036.2657393301</v>
           </cell>
         </row>
         <row r="22">
           <cell r="A22">
-            <v>59346.199610892043</v>
+            <v>263858.29787602794</v>
           </cell>
           <cell r="B22">
-            <v>116089.98331189845</v>
+            <v>250109.83272953154</v>
           </cell>
         </row>
         <row r="23">
           <cell r="A23">
+            <v>59346.199610892043</v>
+          </cell>
+          <cell r="B23">
+            <v>116089.98331189845</v>
+          </cell>
+        </row>
+        <row r="24">
+          <cell r="A24">
             <v>553639.42727575998</v>
           </cell>
-          <cell r="B23">
+          <cell r="B24">
             <v>399323.79381270002</v>
           </cell>
         </row>
       </sheetData>
       <sheetData sheetId="2"/>
     </sheetDataSet>
   </externalBook>
 </externalLink>
 </file>
 
 <file path=xl/externalLinks/externalLink2.xml><?xml version="1.0" encoding="utf-8"?>
-<externalLink xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+<externalLink xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" mc:Ignorable="x14">
   <externalBook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1">
     <sheetNames>
       <sheetName val="General Instructions"/>
       <sheetName val="Standard Data"/>
       <sheetName val="Non-Standard Data"/>
       <sheetName val="Report Form"/>
     </sheetNames>
     <sheetDataSet>
       <sheetData sheetId="0" refreshError="1"/>
       <sheetData sheetId="1" refreshError="1"/>
       <sheetData sheetId="2" refreshError="1"/>
       <sheetData sheetId="3">
         <row r="4">
           <cell r="E4">
             <v>2020</v>
           </cell>
           <cell r="F4" t="str">
             <v>M1</v>
           </cell>
         </row>
         <row r="5">
           <cell r="A5" t="str">
             <v>Unit</v>
           </cell>
           <cell r="B5" t="str">
@@ -1292,1456 +1314,1496 @@
             <v>1951</v>
           </cell>
         </row>
         <row r="74">
           <cell r="E74">
             <v>1950</v>
           </cell>
         </row>
       </sheetData>
     </sheetDataSet>
   </externalBook>
 </externalLink>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:shade val="93000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
-[...8 lines deleted...]
-        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:F39"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{74886CE8-BA55-4309-933F-A42BED2EE63D}">
+  <dimension ref="A1:F40"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="D9" sqref="D9"/>
+      <selection sqref="A1:F1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="0" defaultRowHeight="0" customHeight="1" zeroHeight="1"/>
+  <sheetFormatPr defaultColWidth="0" defaultRowHeight="0" customHeight="1" zeroHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="52.42578125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="23.5703125" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="22.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="14.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="17.42578125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="15.42578125" bestFit="1" customWidth="1"/>
     <col min="7" max="16384" width="9.140625" hidden="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:6" ht="15.75">
+    <row r="1" spans="1:6" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
     </row>
-    <row r="2" spans="1:6" ht="15.75">
+    <row r="2" spans="1:6" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A2" s="1" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="1"/>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="1"/>
       <c r="F2" s="1"/>
     </row>
-    <row r="3" spans="1:6" ht="15.75">
+    <row r="3" spans="1:6" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B3" s="2"/>
       <c r="C3" s="2"/>
       <c r="D3" s="2"/>
       <c r="E3" s="2"/>
       <c r="F3" s="2"/>
     </row>
-    <row r="4" spans="1:6" ht="15.75" thickBot="1">
+    <row r="4" spans="1:6" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A4" s="3" t="s">
         <v>2</v>
       </c>
       <c r="B4" s="3"/>
       <c r="C4" s="3"/>
       <c r="D4" s="3"/>
       <c r="E4" s="3"/>
       <c r="F4" s="3"/>
     </row>
-    <row r="5" spans="1:6" ht="16.5" thickBot="1">
+    <row r="5" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A5" s="4" t="s">
         <v>3</v>
       </c>
       <c r="B5" s="5" t="s">
         <v>4</v>
       </c>
       <c r="C5" s="5" t="s">
         <v>5</v>
       </c>
       <c r="D5" s="6" t="s">
         <v>6</v>
       </c>
       <c r="E5" s="7"/>
       <c r="F5" s="8"/>
     </row>
-    <row r="6" spans="1:6" ht="16.5" thickBot="1">
+    <row r="6" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A6" s="9"/>
       <c r="B6" s="10">
         <v>46030</v>
       </c>
       <c r="C6" s="10">
         <v>46029</v>
       </c>
       <c r="D6" s="11" t="s">
         <v>7</v>
       </c>
       <c r="E6" s="11" t="s">
         <v>8</v>
       </c>
       <c r="F6" s="11" t="s">
         <v>9</v>
       </c>
     </row>
-    <row r="7" spans="1:6" ht="16.5" thickBot="1">
+    <row r="7" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A7" s="12" t="s">
         <v>10</v>
       </c>
       <c r="B7" s="13">
-        <v>2038182.5370074604</v>
+        <v>1908182.5370074604</v>
       </c>
       <c r="C7" s="13">
-        <v>2026338.9559539706</v>
+        <v>1906338.9559539706</v>
       </c>
       <c r="D7" s="14">
-        <v>11843.581053489819</v>
+        <v>1843.5810534898192</v>
       </c>
       <c r="E7" s="14">
-        <v>143306.41054847045</v>
+        <v>13306.410548470449</v>
       </c>
       <c r="F7" s="14">
-        <v>241080.44496447034</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:6" ht="15.75">
+        <v>111080.44496447034</v>
+      </c>
+    </row>
+    <row r="8" spans="1:6" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A8" s="15" t="s">
         <v>11</v>
       </c>
       <c r="B8" s="16">
         <v>3031261.3380301204</v>
       </c>
       <c r="C8" s="16">
         <v>3048539.3780314606</v>
       </c>
       <c r="D8" s="17">
         <v>-17278.04000134021</v>
       </c>
       <c r="E8" s="17">
         <v>9868.7411608505063</v>
       </c>
       <c r="F8" s="17">
-        <v>1136385.2115711304</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:6" ht="15.75">
+        <v>504364.53212288022</v>
+      </c>
+    </row>
+    <row r="9" spans="1:6" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A9" s="18" t="s">
         <v>12</v>
       </c>
       <c r="B9" s="19">
         <v>42982.301831789999</v>
       </c>
       <c r="C9" s="19">
         <v>43065.324684749998</v>
       </c>
       <c r="D9" s="20">
         <v>-83.022852959999</v>
       </c>
       <c r="E9" s="20">
         <v>-71.275281999995059</v>
       </c>
       <c r="F9" s="20">
         <v>1877.641751239993</v>
       </c>
     </row>
-    <row r="10" spans="1:6" ht="15.75">
+    <row r="10" spans="1:6" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A10" s="15" t="s">
         <v>13</v>
       </c>
       <c r="B10" s="16">
         <v>-269428.80102265999</v>
       </c>
       <c r="C10" s="16">
         <v>-255900.42207749002</v>
       </c>
       <c r="D10" s="17">
         <v>-13528.37894516997</v>
       </c>
       <c r="E10" s="17">
         <v>-15712.330612380028</v>
       </c>
       <c r="F10" s="17">
         <v>-193684.08715840997</v>
       </c>
     </row>
-    <row r="11" spans="1:6" ht="15.75">
+    <row r="11" spans="1:6" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A11" s="18" t="s">
         <v>14</v>
       </c>
       <c r="B11" s="19">
         <v>284494.01243027998</v>
       </c>
       <c r="C11" s="19">
         <v>270965.63348511001</v>
       </c>
       <c r="D11" s="21">
         <v>13528.37894516997</v>
       </c>
       <c r="E11" s="21">
         <v>15712.330612379999</v>
       </c>
       <c r="F11" s="21">
         <v>194021.51325578996</v>
       </c>
     </row>
-    <row r="12" spans="1:6" ht="15.75">
+    <row r="12" spans="1:6" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A12" s="22" t="s">
         <v>15</v>
       </c>
       <c r="B12" s="23">
-        <v>-723650</v>
+        <v>-853650</v>
       </c>
       <c r="C12" s="23">
-        <v>-766300</v>
+        <v>-886300</v>
       </c>
       <c r="D12" s="17">
-        <v>42650</v>
+        <v>32650</v>
       </c>
       <c r="E12" s="17">
-        <v>149150</v>
+        <v>19150</v>
       </c>
       <c r="F12" s="17">
-        <v>-69600</v>
-[...2 lines deleted...]
-    <row r="13" spans="1:6" ht="15.75">
+        <v>-199600</v>
+      </c>
+    </row>
+    <row r="13" spans="1:6" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A13" s="24" t="s">
         <v>16</v>
       </c>
       <c r="B13" s="19">
         <v>0</v>
       </c>
       <c r="C13" s="19">
         <v>0</v>
       </c>
       <c r="D13" s="21">
         <v>0</v>
       </c>
       <c r="E13" s="21">
         <v>0</v>
       </c>
       <c r="F13" s="21">
         <v>0</v>
       </c>
     </row>
-    <row r="14" spans="1:6" ht="15.75">
+    <row r="14" spans="1:6" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A14" s="24" t="s">
         <v>17</v>
       </c>
       <c r="B14" s="19">
         <v>0</v>
       </c>
       <c r="C14" s="19">
         <v>0</v>
       </c>
       <c r="D14" s="21">
         <v>0</v>
       </c>
       <c r="E14" s="21">
         <v>0</v>
       </c>
       <c r="F14" s="21">
         <v>0</v>
       </c>
     </row>
-    <row r="15" spans="1:6" ht="15.75">
+    <row r="15" spans="1:6" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A15" s="24" t="s">
         <v>18</v>
       </c>
       <c r="B15" s="19">
         <v>250</v>
       </c>
       <c r="C15" s="19">
         <v>0</v>
       </c>
       <c r="D15" s="21">
-        <v>0</v>
+        <v>250</v>
       </c>
       <c r="E15" s="21">
-        <v>0</v>
+        <v>250</v>
       </c>
       <c r="F15" s="21">
-        <v>0</v>
-[...2 lines deleted...]
-    <row r="16" spans="1:6" ht="15.75">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="16" spans="1:6" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A16" s="24" t="s">
         <v>19</v>
       </c>
       <c r="B16" s="19">
         <v>0</v>
       </c>
       <c r="C16" s="19">
         <v>0</v>
       </c>
       <c r="D16" s="21">
         <v>0</v>
       </c>
       <c r="E16" s="21">
         <v>0</v>
       </c>
       <c r="F16" s="21">
         <v>0</v>
       </c>
     </row>
-    <row r="17" spans="1:6" ht="15.75">
+    <row r="17" spans="1:6" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A17" s="24" t="s">
         <v>20</v>
       </c>
       <c r="B17" s="19">
         <v>-466800</v>
       </c>
       <c r="C17" s="19">
         <v>-466800</v>
       </c>
       <c r="D17" s="21">
         <v>0</v>
       </c>
       <c r="E17" s="21">
         <v>76550</v>
       </c>
       <c r="F17" s="21">
         <v>-89350</v>
       </c>
     </row>
-    <row r="18" spans="1:6" ht="15.75">
+    <row r="18" spans="1:6" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A18" s="24" t="s">
         <v>21</v>
       </c>
       <c r="B18" s="19">
         <v>-257100</v>
       </c>
       <c r="C18" s="19">
         <v>-299500</v>
       </c>
       <c r="D18" s="21">
         <v>42400</v>
       </c>
       <c r="E18" s="21">
         <v>72350</v>
       </c>
       <c r="F18" s="21">
         <v>19500</v>
       </c>
     </row>
-    <row r="19" spans="1:6" ht="16.5" thickBot="1">
+    <row r="19" spans="1:6" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A19" s="24" t="s">
         <v>22</v>
       </c>
       <c r="B19" s="19">
         <v>0</v>
       </c>
       <c r="C19" s="19">
         <v>0</v>
       </c>
       <c r="D19" s="20">
         <v>0</v>
       </c>
       <c r="E19" s="20">
         <v>0</v>
       </c>
       <c r="F19" s="20">
         <v>0</v>
       </c>
     </row>
-    <row r="20" spans="1:6" ht="16.5" thickBot="1">
-      <c r="A20" s="12" t="s">
+    <row r="20" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A20" s="24" t="s">
         <v>23</v>
       </c>
-      <c r="B20" s="25">
-[...16 lines deleted...]
-      <c r="A21" s="22" t="s">
+      <c r="B20" s="19">
+        <v>-130000</v>
+      </c>
+      <c r="C20" s="19">
+        <v>-120000</v>
+      </c>
+      <c r="D20" s="20">
+        <v>-10000</v>
+      </c>
+      <c r="E20" s="20">
+        <v>-130000</v>
+      </c>
+      <c r="F20" s="20">
+        <v>-130000</v>
+      </c>
+    </row>
+    <row r="21" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A21" s="12" t="s">
         <v>24</v>
       </c>
-      <c r="B21" s="16">
-[...15 lines deleted...]
-    <row r="22" spans="1:6" ht="15.75">
+      <c r="B21" s="25">
+        <v>1908182.5370078702</v>
+      </c>
+      <c r="C21" s="25">
+        <v>1906338.9559543701</v>
+      </c>
+      <c r="D21" s="14">
+        <v>1843.5810535000637</v>
+      </c>
+      <c r="E21" s="14">
+        <v>13306.410548390355</v>
+      </c>
+      <c r="F21" s="14">
+        <v>111080.44496425008</v>
+      </c>
+    </row>
+    <row r="22" spans="1:6" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A22" s="22" t="s">
         <v>25</v>
       </c>
       <c r="B22" s="16">
-        <v>759155.25445400004</v>
+        <v>337317.49143019994</v>
       </c>
       <c r="C22" s="16">
-        <v>760079.47762799996</v>
+        <v>332567.73819110001</v>
       </c>
       <c r="D22" s="26">
-        <v>-924.22317399992608</v>
+        <v>4749.7532390999258</v>
       </c>
       <c r="E22" s="26">
-        <v>-6138.9318369999528</v>
+        <v>14112.993943279958</v>
       </c>
       <c r="F22" s="26">
-        <v>9042.8322995000053</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:6" ht="15.75">
+        <v>-28882.324611230055</v>
+      </c>
+    </row>
+    <row r="23" spans="1:6" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A23" s="22" t="s">
         <v>26</v>
       </c>
       <c r="B23" s="16">
-        <v>21664.147644469998</v>
+        <v>759155.25445400004</v>
       </c>
       <c r="C23" s="16">
-        <v>22785.844319369997</v>
+        <v>760079.47762799996</v>
       </c>
       <c r="D23" s="26">
-        <v>-1121.6966748999985</v>
+        <v>-924.22317399992608</v>
       </c>
       <c r="E23" s="26">
-        <v>-60.279997770005139</v>
+        <v>-6138.9318369999528</v>
       </c>
       <c r="F23" s="26">
-        <v>-4059.8798989300012</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:6" ht="16.5" thickBot="1">
+        <v>9042.8322995000053</v>
+      </c>
+    </row>
+    <row r="24" spans="1:6" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A24" s="22" t="s">
         <v>27</v>
       </c>
       <c r="B24" s="16">
-        <v>920045.64347920008</v>
+        <v>21664.147644469998</v>
       </c>
       <c r="C24" s="16">
-        <v>910905.89581590006</v>
-[...12 lines deleted...]
-      <c r="A25" s="12" t="s">
+        <v>22785.844319369997</v>
+      </c>
+      <c r="D24" s="26">
+        <v>-1121.6966748999985</v>
+      </c>
+      <c r="E24" s="26">
+        <v>-60.279997770005139</v>
+      </c>
+      <c r="F24" s="26">
+        <v>-4059.8798989300012</v>
+      </c>
+    </row>
+    <row r="25" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A25" s="22" t="s">
         <v>28</v>
       </c>
-      <c r="B25" s="25">
+      <c r="B25" s="16">
+        <v>790045.64347919996</v>
+      </c>
+      <c r="C25" s="16">
+        <v>790905.89581589994</v>
+      </c>
+      <c r="D25" s="27">
+        <v>-860.25233669998124</v>
+      </c>
+      <c r="E25" s="27">
+        <v>5392.6284398800926</v>
+      </c>
+      <c r="F25" s="27">
+        <v>134979.8171749101</v>
+      </c>
+    </row>
+    <row r="26" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A26" s="12" t="s">
+        <v>29</v>
+      </c>
+      <c r="B26" s="25">
         <v>1118136.8935286701</v>
       </c>
-      <c r="C25" s="25">
+      <c r="C26" s="25">
         <v>1115433.06013847</v>
       </c>
-      <c r="D25" s="14">
+      <c r="D26" s="14">
         <v>2703.833390200045</v>
       </c>
-      <c r="E25" s="14">
+      <c r="E26" s="14">
         <v>7913.7821085101459</v>
       </c>
-      <c r="F25" s="14">
+      <c r="F26" s="14">
         <v>-23899.372210660018</v>
       </c>
     </row>
-    <row r="26" spans="1:6" ht="16.5" thickBot="1">
-[...19 lines deleted...]
-    <row r="27" spans="1:6" ht="16.5" thickBot="1">
+    <row r="27" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A27" s="28" t="s">
         <v>30</v>
       </c>
       <c r="B27" s="29">
+        <v>264604</v>
+      </c>
+      <c r="C27" s="29">
+        <v>264604</v>
+      </c>
+      <c r="D27" s="30">
+        <v>0</v>
+      </c>
+      <c r="E27" s="30">
+        <v>745.70212397206342</v>
+      </c>
+      <c r="F27" s="30">
+        <v>14494.167270468461</v>
+      </c>
+    </row>
+    <row r="28" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A28" s="28" t="s">
+        <v>31</v>
+      </c>
+      <c r="B28" s="29">
         <v>72713.491430199938</v>
       </c>
-      <c r="C27" s="29">
+      <c r="C28" s="29">
         <v>67963.738191100012</v>
       </c>
-      <c r="D27" s="14">
+      <c r="D28" s="14">
         <v>4749.7532390999258</v>
       </c>
-      <c r="E27" s="14">
+      <c r="E28" s="14">
         <v>13367.291819307895</v>
       </c>
-      <c r="F27" s="14">
+      <c r="F28" s="14">
         <v>-43376.491881698515</v>
       </c>
     </row>
-    <row r="28" spans="1:6" ht="16.5" thickBot="1">
-[...3 lines deleted...]
-      <c r="B28" s="29">
+    <row r="29" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A29" s="31" t="s">
+        <v>32</v>
+      </c>
+      <c r="B29" s="29">
         <v>549394.63830686989</v>
       </c>
-      <c r="C28" s="29">
+      <c r="C29" s="29">
         <v>555712.65206294996</v>
       </c>
-      <c r="D28" s="14">
+      <c r="D29" s="14">
         <v>-6318.0137560800649</v>
       </c>
-      <c r="E28" s="14">
+      <c r="E29" s="14">
         <v>-4244.7889688900905</v>
       </c>
-      <c r="F28" s="14">
+      <c r="F29" s="14">
         <v>150070.84449416987</v>
       </c>
     </row>
-    <row r="29" spans="1:6" ht="40.5" customHeight="1">
-[...18 lines deleted...]
-    <row r="39" ht="15" hidden="1" customHeight="1"/>
+    <row r="30" spans="1:6" ht="40.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="32" t="s">
+        <v>33</v>
+      </c>
+      <c r="B30" s="33"/>
+      <c r="C30" s="34"/>
+      <c r="D30" s="34"/>
+      <c r="E30" s="34"/>
+      <c r="F30" s="34"/>
+    </row>
+    <row r="31" spans="1:6" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="32" spans="1:6" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="33" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="34" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="35" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="36" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="37" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="38" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="39" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="40" ht="15" hidden="1" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
   <mergeCells count="7">
-    <mergeCell ref="A29:F29"/>
+    <mergeCell ref="A30:F30"/>
     <mergeCell ref="A1:F1"/>
     <mergeCell ref="A2:F2"/>
     <mergeCell ref="A3:F3"/>
     <mergeCell ref="A4:F4"/>
     <mergeCell ref="A5:A6"/>
     <mergeCell ref="D5:F5"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:F33"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{33A00384-EC9A-4B79-BCE5-10CFF237B11C}">
+  <dimension ref="A1:F34"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="E10" sqref="E10"/>
+      <selection activeCell="D11" sqref="D11"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="0" defaultRowHeight="15" customHeight="1" zeroHeight="1"/>
+  <sheetFormatPr defaultColWidth="0" defaultRowHeight="0" customHeight="1" zeroHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="103.140625" style="36" bestFit="1" customWidth="1"/>
     <col min="2" max="16384" width="9.140625" style="36" hidden="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:6">
+    <row r="1" spans="1:6" ht="15" x14ac:dyDescent="0.25">
       <c r="A1" s="35" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-    <row r="2" spans="1:6" ht="15.75">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="2" spans="1:6" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A2" s="15" t="s">
-        <v>34</v>
-[...2 lines deleted...]
-    <row r="3" spans="1:6" ht="39.75" customHeight="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="3" spans="1:6" ht="39.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="37" t="str">
         <f>CBP_LP!A3</f>
         <v>Poush 24, 2082(January 08, 2026)</v>
       </c>
     </row>
-    <row r="4" spans="1:6" ht="15.75">
+    <row r="4" spans="1:6" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A4" s="15" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-    <row r="5" spans="1:6" ht="49.5" customHeight="1" thickBot="1">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="5" spans="1:6" ht="49.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A5" s="38" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B5" s="39" t="s">
         <v>4</v>
       </c>
       <c r="C5" s="39" t="s">
-        <v>37</v>
-[...2 lines deleted...]
-    <row r="6" spans="1:6" ht="16.5" thickBot="1">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="6" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A6" s="15" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="B6" s="10">
         <v>46030</v>
       </c>
       <c r="C6" s="10">
         <v>46027</v>
       </c>
     </row>
-    <row r="7" spans="1:6" ht="63.75" thickBot="1">
+    <row r="7" spans="1:6" ht="63.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A7" s="38" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="B7" s="13">
         <v>2038182.5370074604</v>
       </c>
       <c r="C7" s="13">
         <v>2001225.3222152493</v>
       </c>
       <c r="D7" s="40">
         <f>B7-C7</f>
         <v>36957.214792211074</v>
       </c>
       <c r="E7" s="40">
         <f>B7-[1]Sheet1!A2</f>
         <v>143306.41054847045</v>
       </c>
       <c r="F7" s="40">
         <f>B7-[1]Sheet1!B2</f>
         <v>241080.44496447034</v>
       </c>
     </row>
-    <row r="8" spans="1:6" ht="15.75">
+    <row r="8" spans="1:6" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A8" s="15" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B8" s="16">
         <v>3031261.3380301204</v>
       </c>
       <c r="C8" s="16">
         <v>3047292.3943683794</v>
       </c>
       <c r="D8" s="40">
         <f>B8-C8</f>
         <v>-16031.056338259019</v>
       </c>
       <c r="E8" s="40">
         <f>B8-[1]Sheet1!A3</f>
         <v>9868.7411608505063</v>
       </c>
       <c r="F8" s="40">
         <f>B8-[1]Sheet1!A2</f>
         <v>1136385.2115711304</v>
       </c>
     </row>
-    <row r="9" spans="1:6" ht="15.75">
+    <row r="9" spans="1:6" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A9" s="38" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="B9" s="19">
         <v>42982.301831789999</v>
       </c>
       <c r="C9" s="19">
         <v>43124.31460659</v>
       </c>
       <c r="D9" s="36">
-        <f t="shared" ref="D9:D26" si="0">B9-C9</f>
+        <f t="shared" ref="D9:D27" si="0">B9-C9</f>
         <v>-142.01277480000135</v>
       </c>
       <c r="E9" s="36">
         <f>B9-[1]Sheet1!A4</f>
         <v>-71.275281999995059</v>
       </c>
       <c r="F9" s="36">
         <f>B9-[1]Sheet1!B4</f>
         <v>1877.641751239993</v>
       </c>
     </row>
-    <row r="10" spans="1:6" ht="15.75">
+    <row r="10" spans="1:6" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A10" s="15" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B10" s="16">
         <v>-269428.80102265999</v>
       </c>
       <c r="C10" s="16">
         <v>-248667.07215312999</v>
       </c>
       <c r="D10" s="36">
         <f t="shared" si="0"/>
         <v>-20761.728869529994</v>
       </c>
       <c r="E10" s="36">
         <f>B10-[1]Sheet1!A5</f>
         <v>-15712.330612380028</v>
       </c>
       <c r="F10" s="36">
         <f>B10-[1]Sheet1!B5</f>
         <v>-193684.08715840997</v>
       </c>
     </row>
-    <row r="11" spans="1:6" ht="31.5">
+    <row r="11" spans="1:6" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A11" s="38" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B11" s="19">
         <v>284494.01243027998</v>
       </c>
       <c r="C11" s="19">
         <v>263732.28356074996</v>
       </c>
       <c r="D11" s="36">
         <f t="shared" si="0"/>
         <v>20761.728869530023</v>
       </c>
       <c r="E11" s="36">
         <f>B11-[1]Sheet1!A6</f>
         <v>15712.330612379999</v>
       </c>
       <c r="F11" s="36">
         <f>B11-[1]Sheet1!B6</f>
         <v>194021.51325578996</v>
       </c>
     </row>
-    <row r="12" spans="1:6" ht="15.75">
+    <row r="12" spans="1:6" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A12" s="15" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B12" s="23">
         <v>-723650</v>
       </c>
       <c r="C12" s="23">
         <v>-797400</v>
       </c>
       <c r="D12" s="36">
         <f t="shared" si="0"/>
         <v>73750</v>
       </c>
       <c r="E12" s="36">
         <f>B12-[1]Sheet1!A7</f>
         <v>149150</v>
       </c>
       <c r="F12" s="36">
         <f>B12-[1]Sheet1!B7</f>
         <v>-69600</v>
       </c>
     </row>
-    <row r="13" spans="1:6" ht="31.5">
+    <row r="13" spans="1:6" ht="31.5" x14ac:dyDescent="0.25">
       <c r="A13" s="38" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B13" s="19">
         <v>0</v>
       </c>
       <c r="C13" s="19">
         <v>0</v>
       </c>
       <c r="D13" s="36">
         <v>0</v>
       </c>
       <c r="E13" s="36">
         <v>0</v>
       </c>
       <c r="F13" s="36">
         <v>0</v>
       </c>
     </row>
-    <row r="14" spans="1:6" ht="15.75">
+    <row r="14" spans="1:6" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A14" s="15" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B14" s="19">
         <v>0</v>
       </c>
       <c r="C14" s="19">
         <v>0</v>
       </c>
       <c r="D14" s="36">
         <v>0</v>
       </c>
       <c r="E14" s="36">
         <v>0</v>
       </c>
       <c r="F14" s="36">
         <v>0</v>
       </c>
     </row>
-    <row r="15" spans="1:6" ht="63">
+    <row r="15" spans="1:6" ht="63" x14ac:dyDescent="0.25">
       <c r="A15" s="38" t="s">
         <v>18</v>
       </c>
       <c r="B15" s="19">
         <v>250</v>
       </c>
       <c r="C15" s="19">
         <v>0</v>
       </c>
       <c r="D15" s="36">
         <v>0</v>
       </c>
       <c r="E15" s="36">
         <v>0</v>
       </c>
       <c r="F15" s="36">
         <v>0</v>
       </c>
     </row>
-    <row r="16" spans="1:6" ht="15.75">
+    <row r="16" spans="1:6" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A16" s="15" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B16" s="19">
         <v>0</v>
       </c>
       <c r="C16" s="19">
         <v>0</v>
       </c>
       <c r="D16" s="36">
         <v>0</v>
       </c>
       <c r="E16" s="36">
         <v>0</v>
       </c>
       <c r="F16" s="36">
         <v>0</v>
       </c>
     </row>
-    <row r="17" spans="1:6" ht="15.75">
+    <row r="17" spans="1:6" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A17" s="38" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B17" s="19">
         <v>-466800</v>
       </c>
       <c r="C17" s="19">
         <v>-496800</v>
       </c>
       <c r="D17" s="36">
         <f t="shared" si="0"/>
         <v>30000</v>
       </c>
       <c r="E17" s="36">
         <f>B17-[1]Sheet1!A12</f>
         <v>76550</v>
       </c>
       <c r="F17" s="36">
         <f>B17-[1]Sheet1!B12</f>
         <v>-89350</v>
       </c>
     </row>
-    <row r="18" spans="1:6" ht="15.75">
+    <row r="18" spans="1:6" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A18" s="15" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B18" s="19">
         <v>-257100</v>
       </c>
       <c r="C18" s="19">
         <v>-300600</v>
       </c>
       <c r="D18" s="36">
         <f t="shared" si="0"/>
         <v>43500</v>
       </c>
       <c r="E18" s="36">
         <f>B18-[1]Sheet1!A13</f>
         <v>72350</v>
       </c>
       <c r="F18" s="36">
         <f>B18-[1]Sheet1!B13</f>
         <v>19500</v>
       </c>
     </row>
-    <row r="19" spans="1:6" ht="63.75" thickBot="1">
+    <row r="19" spans="1:6" ht="63" x14ac:dyDescent="0.25">
       <c r="A19" s="38" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="B19" s="19">
         <v>0</v>
       </c>
       <c r="C19" s="19">
         <v>0</v>
       </c>
       <c r="D19" s="36">
         <v>0</v>
       </c>
       <c r="E19" s="36">
         <v>0</v>
       </c>
       <c r="F19" s="36">
         <v>0</v>
       </c>
     </row>
-    <row r="20" spans="1:6" ht="16.5" thickBot="1">
-[...3 lines deleted...]
-      <c r="B20" s="25">
+    <row r="20" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A20" s="24" t="s">
+        <v>23</v>
+      </c>
+      <c r="B20" s="19"/>
+      <c r="C20" s="19"/>
+    </row>
+    <row r="21" spans="1:6" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A21" s="15" t="s">
+        <v>31</v>
+      </c>
+      <c r="B21" s="25">
         <v>2038182.5370078702</v>
       </c>
-      <c r="C20" s="25">
+      <c r="C21" s="25">
         <v>2001225.3222157299</v>
       </c>
-      <c r="D20" s="40">
-        <f>B20-C20</f>
+      <c r="D21" s="40">
+        <f>B21-C21</f>
         <v>36957.214792140294</v>
       </c>
-      <c r="E20" s="36">
-        <f>B20-[1]Sheet1!A15</f>
+      <c r="E21" s="36">
+        <f>B21-[1]Sheet1!A16</f>
         <v>143306.41054839035</v>
       </c>
-      <c r="F20" s="36">
-        <f>B20-[1]Sheet1!B15</f>
+      <c r="F21" s="36">
+        <f>B21-[1]Sheet1!B16</f>
         <v>241080.44496425008</v>
       </c>
     </row>
-    <row r="21" spans="1:6" ht="31.5">
-[...3 lines deleted...]
-      <c r="B21" s="16">
+    <row r="22" spans="1:6" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A22" s="38" t="s">
+        <v>52</v>
+      </c>
+      <c r="B22" s="16">
         <v>337317.49143019994</v>
       </c>
-      <c r="C21" s="16">
+      <c r="C22" s="16">
         <v>352755.10542416997</v>
       </c>
-      <c r="D21" s="36">
+      <c r="D22" s="36">
         <f t="shared" si="0"/>
         <v>-15437.613993970037</v>
       </c>
-      <c r="E21" s="36">
-        <f>B21-[1]Sheet1!A16</f>
+      <c r="E22" s="36">
+        <f>B22-[1]Sheet1!A17</f>
         <v>14112.993943279958</v>
       </c>
-      <c r="F21" s="36">
-        <f>B21-[1]Sheet1!B16</f>
+      <c r="F22" s="36">
+        <f>B22-[1]Sheet1!B17</f>
         <v>-28882.324611230055</v>
       </c>
     </row>
-    <row r="22" spans="1:6" ht="15.75">
-[...3 lines deleted...]
-      <c r="B22" s="16">
+    <row r="23" spans="1:6" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A23" s="15" t="s">
+        <v>32</v>
+      </c>
+      <c r="B23" s="16">
         <v>759155.25445400004</v>
       </c>
-      <c r="C22" s="16">
+      <c r="C23" s="16">
         <v>760886.29810799996</v>
       </c>
-      <c r="D22" s="36">
+      <c r="D23" s="36">
         <f t="shared" si="0"/>
         <v>-1731.0436539999209</v>
       </c>
-      <c r="E22" s="36">
-        <f>B22-[1]Sheet1!A17</f>
+      <c r="E23" s="36">
+        <f>B23-[1]Sheet1!A18</f>
         <v>-6138.9318369999528</v>
       </c>
-      <c r="F22" s="36">
-        <f>B22-[1]Sheet1!B17</f>
+      <c r="F23" s="36">
+        <f>B23-[1]Sheet1!B18</f>
         <v>9042.8322995000053</v>
       </c>
     </row>
-    <row r="23" spans="1:6" ht="31.5">
-[...3 lines deleted...]
-      <c r="B23" s="16">
+    <row r="24" spans="1:6" ht="31.5" x14ac:dyDescent="0.25">
+      <c r="A24" s="38" t="s">
+        <v>53</v>
+      </c>
+      <c r="B24" s="16">
         <v>21664.147644469998</v>
       </c>
-      <c r="C23" s="16">
+      <c r="C24" s="16">
         <v>25441.89711089</v>
       </c>
-      <c r="D23" s="36">
+      <c r="D24" s="36">
         <f t="shared" si="0"/>
         <v>-3777.7494664200021</v>
       </c>
-      <c r="E23" s="36">
-        <f>B23-[1]Sheet1!A18</f>
+      <c r="E24" s="36">
+        <f>B24-[1]Sheet1!A19</f>
         <v>-60.279997770005139</v>
       </c>
-      <c r="F23" s="36">
-        <f>B23-[1]Sheet1!B18</f>
+      <c r="F24" s="36">
+        <f>B24-[1]Sheet1!B19</f>
         <v>-4059.8798989300012</v>
       </c>
     </row>
-    <row r="24" spans="1:6" ht="45">
-[...3 lines deleted...]
-      <c r="B24" s="16">
+    <row r="25" spans="1:6" ht="45" x14ac:dyDescent="0.25">
+      <c r="A25" s="41" t="s">
+        <v>54</v>
+      </c>
+      <c r="B25" s="16">
         <v>920045.64347920008</v>
       </c>
-      <c r="C24" s="16">
+      <c r="C25" s="16">
         <v>862142.02157267008</v>
       </c>
-      <c r="D24" s="36">
+      <c r="D25" s="36">
         <f t="shared" si="0"/>
         <v>57903.621906529996</v>
       </c>
-      <c r="E24" s="36">
-        <f>B24-[1]Sheet1!A19</f>
+      <c r="E25" s="36">
+        <f>B25-[1]Sheet1!A20</f>
         <v>135392.62843988021</v>
       </c>
-      <c r="F24" s="36">
-        <f>B24-[1]Sheet1!B19</f>
+      <c r="F25" s="36">
+        <f>B25-[1]Sheet1!B20</f>
         <v>264979.81717491022</v>
       </c>
     </row>
-    <row r="25" spans="1:6" ht="16.5" hidden="1" thickBot="1">
-      <c r="B25" s="25">
+    <row r="26" spans="1:6" ht="16.5" hidden="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B26" s="25">
         <v>1118136.8935286701</v>
       </c>
-      <c r="C25" s="25">
+      <c r="C26" s="25">
         <v>1139083.3006430599</v>
       </c>
-      <c r="D25" s="36">
+      <c r="D26" s="36">
         <f t="shared" si="0"/>
         <v>-20946.407114389818</v>
       </c>
-      <c r="E25" s="36">
-[...18 lines deleted...]
-      </c>
       <c r="E26" s="36">
         <f>B26-[1]Sheet1!A21</f>
-        <v>745.70212397206342</v>
+        <v>7913.7821085101459</v>
       </c>
       <c r="F26" s="36">
         <f>B26-[1]Sheet1!B21</f>
-        <v>14494.167270468461</v>
-[...2 lines deleted...]
-    <row r="27" spans="1:6" ht="16.5" hidden="1" thickBot="1">
+        <v>-23899.372210660018</v>
+      </c>
+    </row>
+    <row r="27" spans="1:6" ht="16.5" hidden="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B27" s="29">
-        <v>72713.491430199938</v>
+        <v>264604</v>
       </c>
       <c r="C27" s="29">
-        <v>88151.105424169975</v>
-[...3 lines deleted...]
-        <v>-15437.613993970037</v>
+        <v>264604</v>
+      </c>
+      <c r="D27" s="36">
+        <f t="shared" si="0"/>
+        <v>0</v>
       </c>
       <c r="E27" s="36">
         <f>B27-[1]Sheet1!A22</f>
-        <v>13367.291819307895</v>
-[...1 lines deleted...]
-      <c r="F27" s="40">
+        <v>745.70212397206342</v>
+      </c>
+      <c r="F27" s="36">
         <f>B27-[1]Sheet1!B22</f>
-        <v>-43376.491881698515</v>
-[...2 lines deleted...]
-    <row r="28" spans="1:6" ht="16.5" hidden="1" thickBot="1">
+        <v>14494.167270468461</v>
+      </c>
+    </row>
+    <row r="28" spans="1:6" ht="16.5" hidden="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B28" s="29">
-        <v>549394.63830686989</v>
+        <v>72713.491430199938</v>
       </c>
       <c r="C28" s="29">
-        <v>551090.93493926991</v>
+        <v>88151.105424169975</v>
       </c>
       <c r="D28" s="40">
         <f>B28-C28</f>
+        <v>-15437.613993970037</v>
+      </c>
+      <c r="E28" s="36">
+        <f>B28-[1]Sheet1!A23</f>
+        <v>13367.291819307895</v>
+      </c>
+      <c r="F28" s="40">
+        <f>B28-[1]Sheet1!B23</f>
+        <v>-43376.491881698515</v>
+      </c>
+    </row>
+    <row r="29" spans="1:6" ht="16.5" hidden="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B29" s="29">
+        <v>549394.63830686989</v>
+      </c>
+      <c r="C29" s="29">
+        <v>551090.93493926991</v>
+      </c>
+      <c r="D29" s="40">
+        <f>B29-C29</f>
         <v>-1696.2966324000154</v>
       </c>
-      <c r="E28" s="40">
-        <f>B28-[1]Sheet1!A23</f>
+      <c r="E29" s="40">
+        <f>B29-[1]Sheet1!A24</f>
         <v>-4244.7889688900905</v>
       </c>
-      <c r="F28" s="36">
-        <f>B28-[1]Sheet1!B23</f>
+      <c r="F29" s="36">
+        <f>B29-[1]Sheet1!B24</f>
         <v>150070.84449416987</v>
       </c>
     </row>
-    <row r="29" spans="1:6" hidden="1"/>
-[...3 lines deleted...]
-    <row r="33" hidden="1"/>
+    <row r="30" spans="1:6" ht="15" hidden="1" x14ac:dyDescent="0.25"/>
+    <row r="31" spans="1:6" ht="15" hidden="1" x14ac:dyDescent="0.25"/>
+    <row r="32" spans="1:6" ht="15" hidden="1" x14ac:dyDescent="0.25"/>
+    <row r="33" ht="15" hidden="1" x14ac:dyDescent="0.25"/>
+    <row r="34" ht="15" hidden="1" x14ac:dyDescent="0.25"/>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>CBP_LP</vt:lpstr>
       <vt:lpstr>Read Me</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
+  <Company>Nepal Rastra Bank</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>D00284</dc:creator>
+  <dc:creator>UPAMA</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>